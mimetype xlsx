--- v0 (2025-12-01)
+++ v1 (2026-01-25)
@@ -14,60 +14,60 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/documenttasks/documenttask1.xml" ContentType="application/vnd.ms-excel.documenttasks+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment2.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/documenttasks/documenttask2.xml" ContentType="application/vnd.ms-excel.documenttasks+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11122"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11214"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://prospectorguk.sharepoint.com/sites/Communications/Shared Documents/Comms Team/Education/NEP_programme_lists/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/simon.crosby/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="3" documentId="8_{C73B4C58-5C05-DE44-B846-070AD5077307}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2976E0DC-FC32-E14A-86DD-F0B63B57C50F}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B7BC472A-3364-3648-8549-1A15A586AA7A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="500" windowWidth="31500" windowHeight="25100" firstSheet="4" activeTab="4" xr2:uid="{1FCD8BBB-B7D1-45EA-B438-9FF43E254917}"/>
+    <workbookView xWindow="0" yWindow="620" windowWidth="31500" windowHeight="20980" firstSheet="4" activeTab="4" xr2:uid="{1FCD8BBB-B7D1-45EA-B438-9FF43E254917}"/>
   </bookViews>
   <sheets>
     <sheet name="2022" sheetId="1" r:id="rId1"/>
     <sheet name="2023" sheetId="3" r:id="rId2"/>
     <sheet name="2024" sheetId="4" r:id="rId3"/>
     <sheet name="2025" sheetId="5" r:id="rId4"/>
     <sheet name="2026" sheetId="7" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'2022'!$A$3:$T$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'2023'!$A$3:$T$161</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'2024'!$A$3:$V$186</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'2025'!$A$3:$V$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'2026'!$A$3:$D$190</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
@@ -258,51 +258,51 @@
 Reply:
     IS BOOKED ON OLIVER'S ZOOM COURSE</t>
       </text>
     </comment>
     <comment ref="H173" authorId="8" shapeId="0" xr:uid="{BDF17C38-BA29-442B-A56F-F87C31B0498F}">
       <text>
         <t>[Threaded comment]
 Your version of Excel allows you to read this threaded comment; however, any edits to it will get removed if the file is opened in a newer version of Excel. Learn more: https://go.microsoft.com/fwlink/?linkid=870924
 Comment:
     Added Ian Tickle 517100</t>
       </text>
     </comment>
     <comment ref="H199" authorId="9" shapeId="0" xr:uid="{1BBB49BB-8348-430D-9686-69D53FA65218}">
       <text>
         <t>[Threaded comment]
 Your version of Excel allows you to read this threaded comment; however, any edits to it will get removed if the file is opened in a newer version of Excel. Learn more: https://go.microsoft.com/fwlink/?linkid=870924
 Comment:
     Ian Tickle 517100</t>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3882" uniqueCount="788">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3882" uniqueCount="787">
   <si>
     <t>NEP REPS 2022</t>
   </si>
   <si>
     <t>UPDATED</t>
   </si>
   <si>
     <t>20/12/2022</t>
   </si>
   <si>
     <t>MONTH</t>
   </si>
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>COURSE</t>
   </si>
   <si>
     <t>TUTOR</t>
   </si>
   <si>
     <t>PROSPECT
 BECTU
 MIXED</t>
@@ -2443,84 +2443,75 @@
   <si>
     <t>REPS PART 1</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>20/01/26 - 22/01/26</t>
   </si>
   <si>
     <t>REPS PART 2</t>
   </si>
   <si>
     <t>21/01/2026</t>
   </si>
   <si>
     <t>26/01/2026</t>
   </si>
   <si>
     <t>27 &amp; 29/01/2026</t>
   </si>
   <si>
     <t>31/01/2026</t>
   </si>
   <si>
-    <t xml:space="preserve">BECTU </t>
-[...1 lines deleted...]
-  <si>
     <t>23/02/2026</t>
   </si>
   <si>
     <t>PROSPECT MIXED</t>
   </si>
   <si>
     <t>27/02/2026</t>
   </si>
   <si>
     <t>REPS REFRESHER</t>
   </si>
   <si>
     <t>10/03/26 - 12/03/26</t>
   </si>
   <si>
     <t>PROSPECT MIXED/TEAMS</t>
   </si>
   <si>
     <t>SEXUAL HARASSMENT - IN PERSON</t>
   </si>
   <si>
     <t>16/03/2026</t>
   </si>
   <si>
-    <t>BECTU MIXED</t>
-[...1 lines deleted...]
-  <si>
     <t>BBC REPS REFRESHER</t>
-  </si>
-[...1 lines deleted...]
-    <t>BECTU/TEAMS</t>
   </si>
   <si>
     <t>23/03/2026</t>
   </si>
   <si>
     <t>24/03/2026</t>
   </si>
   <si>
     <t>25/03/2026</t>
   </si>
   <si>
     <t>REPS PART 2 IN PERSON</t>
   </si>
   <si>
     <t>30/03/2026</t>
   </si>
   <si>
     <t>EMPLOYMENT LAW</t>
   </si>
   <si>
     <t>15/05/2026</t>
   </si>
   <si>
     <t>18/05/2026</t>
   </si>
@@ -2688,57 +2679,63 @@
     <t>03 - 05/11/2026</t>
   </si>
   <si>
     <t>10 &amp; 11/11/2026</t>
   </si>
   <si>
     <t>SEXUAL HARASSMENT – IN PERSON</t>
   </si>
   <si>
     <t>24 - 26/11/2026</t>
   </si>
   <si>
     <t>01 - 03/12/2026</t>
   </si>
   <si>
     <t>08 - 10/12/2026</t>
   </si>
   <si>
     <t>PUBLIC SPEAKING /READY 4 CONFERENCE - IN PERSON</t>
   </si>
   <si>
     <t xml:space="preserve">PUBLIC SPEAKING READY 4 CONFERENCE </t>
   </si>
   <si>
     <t>NEGS SKILLS -  IN PERSON</t>
+  </si>
+  <si>
+    <t>BECTU SECTOR</t>
+  </si>
+  <si>
+    <t>BECTU SECTOR/TEAMS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="25" x14ac:knownFonts="1">
+  <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -2851,57 +2848,50 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1" tint="0.499984740745262"/>
-      <name val="Arial"/>
-[...5 lines deleted...]
-      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="20">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -3265,51 +3255,51 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="120">
+  <cellXfs count="118">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
@@ -3518,136 +3508,130 @@
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="19" fillId="17" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="17" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="17" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="20" fillId="18" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="18" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="18" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="21" fillId="18" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="18" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="18" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="19" fillId="17" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="18" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="20" fillId="18" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="19" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="19" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="19" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="15" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="15" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="16" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="16" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="18" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="18" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="18" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="19" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="19" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="19" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="18" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="18" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="18" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="18" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="18" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="18" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="18" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="18" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="18" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="18" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="18" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="18" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="19" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="19" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="19" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="19" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="19" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="19" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFF8ECCB"/>
       <color rgb="FFFBEFBC"/>
       <color rgb="FFFFCB1B"/>
       <color rgb="FFF6892D"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
@@ -33830,1544 +33814,1544 @@
       </c>
       <c r="S320">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T320">
         <f t="shared" si="0"/>
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A3:V95" xr:uid="{59D20453-725B-4412-9CC0-6B5338D88021}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B51F4D82-BD9E-4308-808A-B99B6A691C91}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D311"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A96" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C132" sqref="C132"/>
+      <pane ySplit="3" topLeftCell="A28" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="D31" sqref="D31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13.1640625" customWidth="1"/>
     <col min="2" max="2" width="22.6640625" customWidth="1"/>
     <col min="3" max="3" width="33.83203125" customWidth="1"/>
     <col min="4" max="4" width="23.1640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="64" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="98" t="s">
-[...4 lines deleted...]
-      <c r="D1" s="99"/>
+      <c r="A1" s="96" t="s">
+        <v>750</v>
+      </c>
+      <c r="B1" s="97"/>
+      <c r="C1" s="97"/>
+      <c r="D1" s="97"/>
     </row>
     <row r="2" spans="1:4" ht="40" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="100" t="s">
-[...4 lines deleted...]
-      <c r="D2" s="101"/>
+      <c r="A2" s="98" t="s">
+        <v>748</v>
+      </c>
+      <c r="B2" s="99"/>
+      <c r="C2" s="99"/>
+      <c r="D2" s="99"/>
     </row>
     <row r="3" spans="1:4" s="81" customFormat="1" ht="17" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A3" s="82" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="83" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="84" t="s">
         <v>5</v>
       </c>
-      <c r="D3" s="92" t="s">
-        <v>752</v>
+      <c r="D3" s="90" t="s">
+        <v>749</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="102" t="s">
+      <c r="A4" s="100" t="s">
         <v>23</v>
       </c>
       <c r="B4" s="85" t="s">
         <v>698</v>
       </c>
       <c r="C4" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D4" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="103"/>
+      <c r="A5" s="101"/>
       <c r="B5" s="85" t="s">
         <v>700</v>
       </c>
       <c r="C5" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D5" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="103"/>
+      <c r="A6" s="101"/>
       <c r="B6" s="85" t="s">
         <v>700</v>
       </c>
       <c r="C6" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D6" s="86" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="103"/>
+      <c r="A7" s="101"/>
       <c r="B7" s="85" t="s">
         <v>701</v>
       </c>
       <c r="C7" s="86" t="s">
         <v>702</v>
       </c>
       <c r="D7" s="86" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="103"/>
+      <c r="A8" s="101"/>
       <c r="B8" s="85" t="s">
         <v>703</v>
       </c>
       <c r="C8" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D8" s="86" t="s">
-        <v>31</v>
+        <v>785</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="103"/>
+      <c r="A9" s="101"/>
       <c r="B9" s="85" t="s">
         <v>704</v>
       </c>
       <c r="C9" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D9" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="103"/>
+      <c r="A10" s="101"/>
       <c r="B10" s="85" t="s">
         <v>704</v>
       </c>
       <c r="C10" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D10" s="86" t="s">
-        <v>31</v>
+        <v>785</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="103"/>
+      <c r="A11" s="101"/>
       <c r="B11" s="85" t="s">
         <v>705</v>
       </c>
       <c r="C11" s="86" t="s">
         <v>97</v>
       </c>
       <c r="D11" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="104"/>
+      <c r="A12" s="102"/>
       <c r="B12" s="88" t="s">
         <v>706</v>
       </c>
       <c r="C12" s="89" t="s">
         <v>95</v>
       </c>
       <c r="D12" s="89" t="s">
-        <v>31</v>
+        <v>785</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="105"/>
-[...2 lines deleted...]
-      <c r="D13" s="107"/>
+      <c r="A13" s="103"/>
+      <c r="B13" s="104"/>
+      <c r="C13" s="104"/>
+      <c r="D13" s="105"/>
     </row>
     <row r="14" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="114" t="s">
+      <c r="A14" s="112" t="s">
         <v>37</v>
       </c>
       <c r="B14" s="88">
         <v>46055</v>
       </c>
       <c r="C14" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D14" s="89" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="115"/>
+      <c r="A15" s="113"/>
       <c r="B15" s="85" t="s">
-        <v>765</v>
+        <v>762</v>
       </c>
       <c r="C15" s="86" t="s">
         <v>702</v>
       </c>
       <c r="D15" s="86" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A16" s="115"/>
+      <c r="A16" s="113"/>
       <c r="B16" s="85" t="s">
-        <v>765</v>
+        <v>762</v>
       </c>
       <c r="C16" s="86" t="s">
         <v>702</v>
       </c>
       <c r="D16" s="86" t="s">
-        <v>707</v>
+        <v>785</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A17" s="115"/>
+      <c r="A17" s="113"/>
       <c r="B17" s="85">
         <v>46062</v>
       </c>
       <c r="C17" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D17" s="86" t="s">
-        <v>31</v>
+        <v>785</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="115"/>
+      <c r="A18" s="113"/>
       <c r="B18" s="85">
         <v>46062</v>
       </c>
       <c r="C18" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D18" s="86" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="115"/>
+      <c r="A19" s="113"/>
       <c r="B19" s="85" t="s">
-        <v>760</v>
+        <v>757</v>
       </c>
       <c r="C19" s="86" t="s">
         <v>702</v>
       </c>
       <c r="D19" s="86" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A20" s="115"/>
+      <c r="A20" s="113"/>
       <c r="B20" s="85" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="C20" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D20" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="115"/>
+      <c r="A21" s="113"/>
       <c r="B21" s="85" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="C21" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D21" s="86" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="113"/>
+      <c r="B22" s="85" t="s">
         <v>758</v>
-      </c>
-[...4 lines deleted...]
-        <v>761</v>
       </c>
       <c r="C22" s="86" t="s">
         <v>702</v>
       </c>
       <c r="D22" s="86" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A23" s="114"/>
+      <c r="B23" s="85" t="s">
         <v>709</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B23" s="85" t="s">
+      <c r="C23" s="86" t="s">
         <v>710</v>
-      </c>
-[...1 lines deleted...]
-        <v>711</v>
       </c>
       <c r="D23" s="86" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="24" spans="1:4" ht="7" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="117"/>
-[...2 lines deleted...]
-      <c r="D24" s="119"/>
+      <c r="A24" s="115"/>
+      <c r="B24" s="116"/>
+      <c r="C24" s="116"/>
+      <c r="D24" s="117"/>
     </row>
     <row r="25" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="102" t="s">
+      <c r="A25" s="100" t="s">
         <v>58</v>
       </c>
       <c r="B25" s="85">
         <v>46083</v>
       </c>
       <c r="C25" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D25" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="103"/>
+      <c r="A26" s="101"/>
       <c r="B26" s="85">
         <v>46085</v>
       </c>
       <c r="C26" s="86" t="s">
         <v>86</v>
       </c>
       <c r="D26" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A27" s="103"/>
+      <c r="A27" s="101"/>
       <c r="B27" s="85" t="s">
-        <v>764</v>
+        <v>761</v>
       </c>
       <c r="C27" s="86" t="s">
         <v>670</v>
       </c>
       <c r="D27" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A28" s="103"/>
+      <c r="A28" s="101"/>
       <c r="B28" s="85">
         <v>46087</v>
       </c>
       <c r="C28" s="86" t="s">
         <v>82</v>
       </c>
       <c r="D28" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A29" s="103"/>
-      <c r="B29" s="94">
+      <c r="A29" s="101"/>
+      <c r="B29" s="92">
         <v>46090</v>
       </c>
-      <c r="C29" s="93" t="s">
+      <c r="C29" s="91" t="s">
         <v>699</v>
       </c>
-      <c r="D29" s="93" t="s">
+      <c r="D29" s="91" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A30" s="103"/>
+      <c r="A30" s="101"/>
       <c r="B30" s="85" t="s">
-        <v>712</v>
+        <v>711</v>
       </c>
       <c r="C30" s="86" t="s">
         <v>702</v>
       </c>
       <c r="D30" s="86" t="s">
-        <v>713</v>
+        <v>712</v>
       </c>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A31" s="103"/>
+      <c r="A31" s="101"/>
       <c r="B31" s="85">
         <v>46091</v>
       </c>
       <c r="C31" s="86" t="s">
+        <v>713</v>
+      </c>
+      <c r="D31" s="86" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A32" s="101"/>
+      <c r="B32" s="85" t="s">
         <v>714</v>
-      </c>
-[...7 lines deleted...]
-        <v>715</v>
       </c>
       <c r="C32" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D32" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A33" s="103"/>
+      <c r="A33" s="101"/>
       <c r="B33" s="85" t="s">
-        <v>715</v>
-[...1 lines deleted...]
-      <c r="C33" s="93" t="s">
+        <v>714</v>
+      </c>
+      <c r="C33" s="91" t="s">
         <v>699</v>
       </c>
-      <c r="D33" s="93" t="s">
+      <c r="D33" s="91" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A34" s="103"/>
+      <c r="A34" s="101"/>
       <c r="B34" s="85" t="s">
-        <v>715</v>
+        <v>714</v>
       </c>
       <c r="C34" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D34" s="86" t="s">
-        <v>31</v>
+        <v>785</v>
       </c>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A35" s="103"/>
+      <c r="A35" s="101"/>
       <c r="B35" s="85" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
       <c r="C35" s="86" t="s">
         <v>702</v>
       </c>
       <c r="D35" s="86" t="s">
-        <v>716</v>
+        <v>42</v>
       </c>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A36" s="103"/>
+      <c r="A36" s="101"/>
       <c r="B36" s="85">
         <v>46100</v>
       </c>
       <c r="C36" s="86" t="s">
-        <v>717</v>
+        <v>715</v>
       </c>
       <c r="D36" s="86" t="s">
-        <v>718</v>
+        <v>786</v>
       </c>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A37" s="103"/>
+      <c r="A37" s="101"/>
       <c r="B37" s="85" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
       <c r="C37" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D37" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A38" s="103"/>
+      <c r="A38" s="101"/>
       <c r="B38" s="85" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
       <c r="C38" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D38" s="86" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A39" s="103"/>
+      <c r="A39" s="101"/>
       <c r="B39" s="85" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
       <c r="C39" s="86" t="s">
-        <v>711</v>
+        <v>710</v>
       </c>
       <c r="D39" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A40" s="103"/>
+      <c r="A40" s="101"/>
       <c r="B40" s="85" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="C40" s="86" t="s">
-        <v>711</v>
+        <v>710</v>
       </c>
       <c r="D40" s="86" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="41" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="103"/>
+      <c r="A41" s="101"/>
       <c r="B41" s="85" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="C41" s="86" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
       <c r="D41" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A42" s="103"/>
+      <c r="A42" s="101"/>
       <c r="B42" s="85" t="s">
-        <v>723</v>
+        <v>720</v>
       </c>
       <c r="C42" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D42" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A43" s="103"/>
+      <c r="A43" s="101"/>
       <c r="B43" s="85" t="s">
-        <v>723</v>
+        <v>720</v>
       </c>
       <c r="C43" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D43" s="86" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="44" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A44" s="104"/>
+      <c r="A44" s="102"/>
       <c r="B44" s="85" t="s">
-        <v>756</v>
+        <v>753</v>
       </c>
       <c r="C44" s="86" t="s">
         <v>702</v>
       </c>
       <c r="D44" s="86" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
     </row>
     <row r="45" spans="1:4" ht="6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A45" s="95"/>
-[...2 lines deleted...]
-      <c r="D45" s="97"/>
+      <c r="A45" s="93"/>
+      <c r="B45" s="94"/>
+      <c r="C45" s="94"/>
+      <c r="D45" s="95"/>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A46" s="102" t="s">
+      <c r="A46" s="100" t="s">
         <v>74</v>
       </c>
       <c r="B46" s="85">
         <v>46132</v>
       </c>
       <c r="C46" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D46" s="86" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A47" s="103"/>
+      <c r="A47" s="101"/>
       <c r="B47" s="85">
         <v>46133</v>
       </c>
       <c r="C47" s="86" t="s">
-        <v>711</v>
+        <v>710</v>
       </c>
       <c r="D47" s="86" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A48" s="103"/>
+      <c r="A48" s="101"/>
       <c r="B48" s="85">
         <v>46134</v>
       </c>
       <c r="C48" s="86" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
       <c r="D48" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A49" s="104"/>
+      <c r="A49" s="102"/>
       <c r="B49" s="85" t="s">
-        <v>757</v>
+        <v>754</v>
       </c>
       <c r="C49" s="86" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="D49" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="50" spans="1:4" ht="6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A50" s="95"/>
-[...2 lines deleted...]
-      <c r="D50" s="97"/>
+      <c r="A50" s="93"/>
+      <c r="B50" s="94"/>
+      <c r="C50" s="94"/>
+      <c r="D50" s="95"/>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A51" s="102" t="s">
+      <c r="A51" s="100" t="s">
         <v>81</v>
       </c>
       <c r="B51" s="85">
         <v>46148</v>
       </c>
       <c r="C51" s="86" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="D51" s="86" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A52" s="103"/>
+      <c r="A52" s="101"/>
       <c r="B52" s="85">
         <v>46151</v>
       </c>
       <c r="C52" s="86" t="s">
         <v>95</v>
       </c>
       <c r="D52" s="86" t="s">
-        <v>31</v>
+        <v>785</v>
       </c>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A53" s="103"/>
+      <c r="A53" s="101"/>
       <c r="B53" s="85">
         <v>46153</v>
       </c>
       <c r="C53" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D53" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A54" s="103"/>
+      <c r="A54" s="101"/>
       <c r="B54" s="85">
         <v>46153</v>
       </c>
       <c r="C54" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D54" s="86" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="55" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A55" s="103"/>
+      <c r="A55" s="101"/>
       <c r="B55" s="85" t="s">
-        <v>762</v>
+        <v>759</v>
       </c>
       <c r="C55" s="86" t="s">
         <v>702</v>
       </c>
       <c r="D55" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="56" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A56" s="103"/>
+      <c r="A56" s="101"/>
       <c r="B56" s="85" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="C56" s="86" t="s">
-        <v>786</v>
+        <v>783</v>
       </c>
       <c r="D56" s="86" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A57" s="103"/>
+      <c r="A57" s="101"/>
       <c r="B57" s="85" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="C57" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D57" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="58" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A58" s="103"/>
+      <c r="A58" s="101"/>
       <c r="B58" s="85" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="C58" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D58" s="86" t="s">
-        <v>31</v>
+        <v>785</v>
       </c>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A59" s="103"/>
+      <c r="A59" s="101"/>
       <c r="B59" s="85" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="C59" s="86" t="s">
-        <v>711</v>
+        <v>710</v>
       </c>
       <c r="D59" s="86" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="60" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A60" s="104"/>
+      <c r="A60" s="102"/>
       <c r="B60" s="88" t="s">
-        <v>763</v>
+        <v>760</v>
       </c>
       <c r="C60" s="89" t="s">
         <v>702</v>
       </c>
       <c r="D60" s="89" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="61" spans="1:4" ht="7" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A61" s="96"/>
-[...2 lines deleted...]
-      <c r="D61" s="97"/>
+      <c r="A61" s="94"/>
+      <c r="B61" s="94"/>
+      <c r="C61" s="94"/>
+      <c r="D61" s="95"/>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A62" s="111" t="s">
+      <c r="A62" s="109" t="s">
         <v>100</v>
       </c>
       <c r="B62" s="85">
         <v>46174</v>
       </c>
       <c r="C62" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D62" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="63" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A63" s="112"/>
+      <c r="A63" s="110"/>
       <c r="B63" s="85" t="s">
-        <v>767</v>
+        <v>764</v>
       </c>
       <c r="C63" s="86" t="s">
         <v>702</v>
       </c>
       <c r="D63" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="64" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A64" s="112"/>
+      <c r="A64" s="110"/>
       <c r="B64" s="85">
         <v>46181</v>
       </c>
       <c r="C64" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D64" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="65" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A65" s="112"/>
+      <c r="A65" s="110"/>
       <c r="B65" s="85" t="s">
-        <v>768</v>
+        <v>765</v>
       </c>
       <c r="C65" s="86" t="s">
         <v>702</v>
       </c>
       <c r="D65" s="86" t="s">
-        <v>31</v>
+        <v>785</v>
       </c>
     </row>
     <row r="66" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A66" s="112"/>
+      <c r="A66" s="110"/>
       <c r="B66" s="85" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
       <c r="C66" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D66" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="67" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A67" s="112"/>
+      <c r="A67" s="110"/>
       <c r="B67" s="85" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
       <c r="C67" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D67" s="86" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
     </row>
     <row r="68" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A68" s="112"/>
+      <c r="A68" s="110"/>
       <c r="B68" s="85" t="s">
-        <v>769</v>
+        <v>766</v>
       </c>
       <c r="C68" s="86" t="s">
         <v>702</v>
       </c>
       <c r="D68" s="86" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="69" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A69" s="112"/>
+      <c r="A69" s="110"/>
       <c r="B69" s="85" t="s">
-        <v>729</v>
+        <v>726</v>
       </c>
       <c r="C69" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D69" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="70" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A70" s="112"/>
+      <c r="A70" s="110"/>
       <c r="B70" s="85" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="C70" s="86" t="s">
         <v>694</v>
       </c>
       <c r="D70" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="71" spans="1:4" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A71" s="112"/>
+      <c r="A71" s="110"/>
       <c r="B71" s="85" t="s">
-        <v>731</v>
+        <v>728</v>
       </c>
       <c r="C71" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D71" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="72" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A72" s="112"/>
+      <c r="A72" s="110"/>
       <c r="B72" s="85" t="s">
-        <v>731</v>
+        <v>728</v>
       </c>
       <c r="C72" s="86" t="s">
-        <v>711</v>
+        <v>710</v>
       </c>
       <c r="D72" s="86" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="73" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A73" s="112"/>
+      <c r="A73" s="110"/>
       <c r="B73" s="85" t="s">
-        <v>759</v>
+        <v>756</v>
       </c>
       <c r="C73" s="86" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
       <c r="D73" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="74" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A74" s="113"/>
+      <c r="A74" s="111"/>
       <c r="B74" s="85" t="s">
-        <v>770</v>
+        <v>767</v>
       </c>
       <c r="C74" s="86" t="s">
         <v>702</v>
       </c>
       <c r="D74" s="86" t="s">
-        <v>31</v>
+        <v>785</v>
       </c>
     </row>
     <row r="75" spans="1:4" ht="8" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A75" s="96"/>
-[...2 lines deleted...]
-      <c r="D75" s="97"/>
+      <c r="A75" s="94"/>
+      <c r="B75" s="94"/>
+      <c r="C75" s="94"/>
+      <c r="D75" s="95"/>
     </row>
     <row r="76" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A76" s="102" t="s">
+      <c r="A76" s="100" t="s">
         <v>107</v>
       </c>
-      <c r="B76" s="85">
-        <v>46180</v>
+      <c r="B76" s="85" t="s">
+        <v>729</v>
       </c>
       <c r="C76" s="86" t="s">
+        <v>702</v>
+      </c>
+      <c r="D76" s="86" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A77" s="101"/>
+      <c r="B77" s="85">
+        <v>46213</v>
+      </c>
+      <c r="C77" s="86" t="s">
         <v>699</v>
       </c>
-      <c r="D76" s="86" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="D77" s="86" t="s">
-        <v>342</v>
+        <v>26</v>
       </c>
     </row>
     <row r="78" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A78" s="104"/>
+      <c r="A78" s="102"/>
       <c r="B78" s="85" t="s">
-        <v>733</v>
+        <v>730</v>
       </c>
       <c r="C78" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D78" s="86" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="79" spans="1:4" ht="8" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A79" s="95"/>
-[...2 lines deleted...]
-      <c r="D79" s="97"/>
+      <c r="A79" s="93"/>
+      <c r="B79" s="94"/>
+      <c r="C79" s="94"/>
+      <c r="D79" s="95"/>
     </row>
     <row r="80" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A80" s="102" t="s">
+      <c r="A80" s="100" t="s">
         <v>112</v>
       </c>
       <c r="B80" s="85" t="s">
-        <v>734</v>
+        <v>731</v>
       </c>
       <c r="C80" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D80" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="81" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A81" s="103"/>
+      <c r="A81" s="101"/>
       <c r="B81" s="85" t="s">
-        <v>734</v>
+        <v>731</v>
       </c>
       <c r="C81" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D81" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="82" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A82" s="103"/>
+      <c r="A82" s="101"/>
       <c r="B82" s="85" t="s">
-        <v>771</v>
+        <v>768</v>
       </c>
       <c r="C82" s="86" t="s">
         <v>702</v>
       </c>
       <c r="D82" s="86" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="83" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A83" s="103"/>
+      <c r="A83" s="101"/>
       <c r="B83" s="85" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="C83" s="86" t="s">
         <v>86</v>
       </c>
       <c r="D83" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="84" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A84" s="103"/>
+      <c r="A84" s="101"/>
       <c r="B84" s="85" t="s">
-        <v>736</v>
+        <v>733</v>
       </c>
       <c r="C84" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D84" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="85" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A85" s="103"/>
+      <c r="A85" s="101"/>
       <c r="B85" s="85" t="s">
-        <v>736</v>
+        <v>733</v>
       </c>
       <c r="C85" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D85" s="86" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="86" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A86" s="103"/>
+      <c r="A86" s="101"/>
       <c r="B86" s="85" t="s">
-        <v>736</v>
+        <v>733</v>
       </c>
       <c r="C86" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D86" s="86" t="s">
-        <v>31</v>
+        <v>785</v>
       </c>
     </row>
     <row r="87" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A87" s="103"/>
+      <c r="A87" s="101"/>
       <c r="B87" s="85" t="s">
-        <v>772</v>
+        <v>769</v>
       </c>
       <c r="C87" s="86" t="s">
-        <v>737</v>
+        <v>734</v>
       </c>
       <c r="D87" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="88" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A88" s="103"/>
+      <c r="A88" s="101"/>
       <c r="B88" s="85" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="C88" s="86" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="D88" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="89" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A89" s="103"/>
+      <c r="A89" s="101"/>
       <c r="B89" s="85" t="s">
-        <v>739</v>
+        <v>736</v>
       </c>
       <c r="C89" s="86" t="s">
         <v>82</v>
       </c>
       <c r="D89" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="90" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A90" s="103"/>
+      <c r="A90" s="101"/>
       <c r="B90" s="85" t="s">
-        <v>740</v>
+        <v>737</v>
       </c>
       <c r="C90" s="86" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D90" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="91" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A91" s="104"/>
+      <c r="A91" s="102"/>
       <c r="B91" s="85" t="s">
-        <v>773</v>
+        <v>770</v>
       </c>
       <c r="C91" s="86" t="s">
         <v>702</v>
       </c>
       <c r="D91" s="86" t="s">
-        <v>716</v>
+        <v>42</v>
       </c>
     </row>
     <row r="92" spans="1:4" ht="8" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A92" s="95"/>
-[...2 lines deleted...]
-      <c r="D92" s="97"/>
+      <c r="A92" s="93"/>
+      <c r="B92" s="94"/>
+      <c r="C92" s="94"/>
+      <c r="D92" s="95"/>
     </row>
     <row r="93" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A93" s="102" t="s">
+      <c r="A93" s="100" t="s">
         <v>120</v>
       </c>
       <c r="B93" s="85">
         <v>46297</v>
       </c>
       <c r="C93" s="86" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
       <c r="D93" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="94" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A94" s="103"/>
+      <c r="A94" s="101"/>
       <c r="B94" s="85">
         <v>46298</v>
       </c>
       <c r="C94" s="86" t="s">
         <v>95</v>
       </c>
       <c r="D94" s="86" t="s">
-        <v>31</v>
+        <v>785</v>
       </c>
     </row>
     <row r="95" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A95" s="103"/>
+      <c r="A95" s="101"/>
       <c r="B95" s="85">
         <v>46300</v>
       </c>
       <c r="C95" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D95" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="96" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A96" s="103"/>
+      <c r="A96" s="101"/>
       <c r="B96" s="85" t="s">
-        <v>774</v>
+        <v>771</v>
       </c>
       <c r="C96" s="86" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
       <c r="D96" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="97" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A97" s="103"/>
+      <c r="A97" s="101"/>
       <c r="B97" s="85" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C97" s="86" t="s">
         <v>97</v>
       </c>
       <c r="D97" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="98" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A98" s="103"/>
+      <c r="A98" s="101"/>
       <c r="B98" s="85">
         <v>46304</v>
       </c>
       <c r="C98" s="86" t="s">
-        <v>711</v>
+        <v>710</v>
       </c>
       <c r="D98" s="86" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="99" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A99" s="103"/>
+      <c r="A99" s="101"/>
       <c r="B99" s="85">
         <v>46366</v>
       </c>
       <c r="C99" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D99" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="100" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A100" s="103"/>
+      <c r="A100" s="101"/>
       <c r="B100" s="85" t="s">
-        <v>775</v>
+        <v>772</v>
       </c>
       <c r="C100" s="86" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
       <c r="D100" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="101" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A101" s="103"/>
+      <c r="A101" s="101"/>
       <c r="B101" s="85" t="s">
-        <v>776</v>
+        <v>773</v>
       </c>
       <c r="C101" s="86" t="s">
         <v>702</v>
       </c>
       <c r="D101" s="86" t="s">
-        <v>716</v>
+        <v>42</v>
       </c>
     </row>
     <row r="102" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A102" s="104"/>
+      <c r="A102" s="102"/>
       <c r="B102" s="85" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="C102" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D102" s="86" t="s">
-        <v>31</v>
+        <v>785</v>
       </c>
     </row>
     <row r="103" spans="1:4" ht="7" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A103" s="96"/>
-[...2 lines deleted...]
-      <c r="D103" s="97"/>
+      <c r="A103" s="94"/>
+      <c r="B103" s="94"/>
+      <c r="C103" s="94"/>
+      <c r="D103" s="95"/>
     </row>
     <row r="104" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A104" s="111" t="s">
+      <c r="A104" s="109" t="s">
         <v>133</v>
       </c>
       <c r="B104" s="85">
         <v>46328</v>
       </c>
       <c r="C104" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D104" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="105" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A105" s="112"/>
+      <c r="A105" s="110"/>
       <c r="B105" s="85" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
       <c r="C105" s="86" t="s">
         <v>702</v>
       </c>
       <c r="D105" s="86" t="s">
-        <v>709</v>
+        <v>708</v>
       </c>
     </row>
     <row r="106" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A106" s="112"/>
+      <c r="A106" s="110"/>
       <c r="B106" s="85" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
       <c r="C106" s="86" t="s">
         <v>702</v>
       </c>
       <c r="D106" s="86" t="s">
-        <v>716</v>
+        <v>42</v>
       </c>
     </row>
     <row r="107" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A107" s="112"/>
+      <c r="A107" s="110"/>
       <c r="B107" s="85">
         <v>46276</v>
       </c>
       <c r="C107" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D107" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="108" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A108" s="112"/>
+      <c r="A108" s="110"/>
       <c r="B108" s="85">
         <v>46335</v>
       </c>
       <c r="C108" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D108" s="86" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
     </row>
     <row r="109" spans="1:4" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A109" s="112"/>
+      <c r="A109" s="110"/>
       <c r="B109" s="85">
         <v>46336</v>
       </c>
       <c r="C109" s="87" t="s">
-        <v>711</v>
+        <v>710</v>
       </c>
       <c r="D109" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="110" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A110" s="112"/>
+      <c r="A110" s="110"/>
       <c r="B110" s="85" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
       <c r="C110" s="86" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
       <c r="D110" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="111" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A111" s="112"/>
+      <c r="A111" s="110"/>
       <c r="B111" s="85" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
       <c r="C111" s="86" t="s">
         <v>24</v>
       </c>
       <c r="D111" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="112" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A112" s="112"/>
+      <c r="A112" s="110"/>
       <c r="B112" s="85" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
       <c r="C112" s="86" t="s">
         <v>24</v>
       </c>
       <c r="D112" s="86" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="113" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A113" s="112"/>
+      <c r="A113" s="110"/>
       <c r="B113" s="86" t="s">
-        <v>746</v>
+        <v>743</v>
       </c>
       <c r="C113" s="86" t="s">
         <v>82</v>
       </c>
       <c r="D113" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="114" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A114" s="112"/>
+      <c r="A114" s="110"/>
       <c r="B114" s="85" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="C114" s="86" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="D114" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="115" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A115" s="112"/>
+      <c r="A115" s="110"/>
       <c r="B115" s="85" t="s">
-        <v>748</v>
+        <v>745</v>
       </c>
       <c r="C115" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D115" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="116" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A116" s="112"/>
+      <c r="A116" s="110"/>
       <c r="B116" s="85" t="s">
-        <v>748</v>
+        <v>745</v>
       </c>
       <c r="C116" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D116" s="86" t="s">
-        <v>31</v>
+        <v>785</v>
       </c>
     </row>
     <row r="117" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A117" s="112"/>
+      <c r="A117" s="110"/>
       <c r="B117" s="85" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
       <c r="C117" s="86" t="s">
         <v>702</v>
       </c>
       <c r="D117" s="86" t="s">
-        <v>31</v>
+        <v>785</v>
       </c>
     </row>
     <row r="118" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A118" s="112"/>
-[...3 lines deleted...]
-      <c r="C118" s="90" t="s">
+      <c r="A118" s="110"/>
+      <c r="B118" s="85" t="s">
+        <v>746</v>
+      </c>
+      <c r="C118" s="86" t="s">
         <v>95</v>
       </c>
-      <c r="D118" s="90" t="s">
-        <v>31</v>
+      <c r="D118" s="86" t="s">
+        <v>785</v>
       </c>
     </row>
     <row r="119" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A119" s="112"/>
-[...3 lines deleted...]
-      <c r="C119" s="90" t="s">
+      <c r="A119" s="110"/>
+      <c r="B119" s="85" t="s">
+        <v>747</v>
+      </c>
+      <c r="C119" s="86" t="s">
         <v>699</v>
       </c>
-      <c r="D119" s="90" t="s">
+      <c r="D119" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="120" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A120" s="113"/>
+      <c r="A120" s="111"/>
       <c r="B120" s="85" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="C120" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D120" s="86" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
     </row>
     <row r="121" spans="1:4" ht="6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A121" s="96"/>
-[...2 lines deleted...]
-      <c r="D121" s="97"/>
+      <c r="A121" s="94"/>
+      <c r="B121" s="94"/>
+      <c r="C121" s="94"/>
+      <c r="D121" s="95"/>
     </row>
     <row r="122" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A122" s="108" t="s">
+      <c r="A122" s="106" t="s">
         <v>146</v>
       </c>
       <c r="B122" s="85" t="s">
-        <v>783</v>
+        <v>780</v>
       </c>
       <c r="C122" s="86" t="s">
         <v>702</v>
       </c>
       <c r="D122" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="123" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A123" s="109"/>
+      <c r="A123" s="107"/>
       <c r="B123" s="85" t="s">
-        <v>783</v>
+        <v>780</v>
       </c>
       <c r="C123" s="86" t="s">
         <v>702</v>
       </c>
       <c r="D123" s="86" t="s">
-        <v>31</v>
+        <v>785</v>
       </c>
     </row>
     <row r="124" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A124" s="109"/>
+      <c r="A124" s="107"/>
       <c r="B124" s="85">
         <v>46363</v>
       </c>
       <c r="C124" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D124" s="86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="125" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A125" s="109"/>
+      <c r="A125" s="107"/>
       <c r="B125" s="85">
         <v>46364</v>
       </c>
       <c r="C125" s="86" t="s">
-        <v>711</v>
+        <v>710</v>
       </c>
       <c r="D125" s="86" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="126" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A126" s="109"/>
+      <c r="A126" s="107"/>
       <c r="B126" s="85" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="C126" s="86" t="s">
         <v>702</v>
       </c>
       <c r="D126" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="127" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A127" s="109"/>
+      <c r="A127" s="107"/>
       <c r="B127" s="85">
         <v>46365</v>
       </c>
       <c r="C127" s="86" t="s">
         <v>699</v>
       </c>
       <c r="D127" s="86" t="s">
-        <v>31</v>
+        <v>785</v>
       </c>
     </row>
     <row r="128" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A128" s="110"/>
+      <c r="A128" s="108"/>
       <c r="B128" s="85">
         <v>46370</v>
       </c>
       <c r="C128" s="86" t="s">
         <v>694</v>
       </c>
       <c r="D128" s="86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="129" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A129" s="8"/>
       <c r="B129" s="24"/>
       <c r="C129" s="8"/>
       <c r="D129" s="8"/>
     </row>
     <row r="130" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A130" s="8"/>
       <c r="B130" s="24"/>
       <c r="C130" s="8"/>
       <c r="D130" s="8"/>
     </row>
     <row r="131" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A131" s="8"/>
       <c r="B131" s="24"/>
@@ -36754,60 +36738,60 @@
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62E6F737-F613-48D4-8D9E-C3AC54C85048}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="84661594-dde6-4328-a56c-b41015f23e37"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="ece3d8be-58c8-4ce1-a370-1c85f784c37e"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2AE2A55-8BE6-4453-96DC-30F5E6A66A1F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD266108-1F5C-469F-B7E2-C004927926E8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ece3d8be-58c8-4ce1-a370-1c85f784c37e"/>
     <ds:schemaRef ds:uri="84661594-dde6-4328-a56c-b41015f23e37"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>